--- v0 (2025-10-11)
+++ v1 (2026-01-14)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="11261EF4" w14:textId="3E5993C4" w:rsidR="00967406" w:rsidRPr="00D37ADC" w:rsidRDefault="00540518" w:rsidP="00540518">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D37ADC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">La cotutelle de thèse est un dispositif qui favorise la mobilité des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D37ADC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>doctorant.</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D37ADC">
         <w:rPr>
@@ -267,50 +267,51 @@
       <w:r w:rsidR="00757392" w:rsidRPr="00D37ADC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> qui a une durée de 3 ans</w:t>
       </w:r>
       <w:r w:rsidR="007238C8" w:rsidRPr="00D37ADC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> avec possibilité d’une prolongation par avenant dans certains cas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="727878C8" w14:textId="5FA4D6EE" w:rsidR="002213AF" w:rsidRDefault="002213AF" w:rsidP="00540518">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="344F33AB" w14:textId="44A6A20F" w:rsidR="002213AF" w:rsidRDefault="002213AF" w:rsidP="00540518">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47A3F623" wp14:editId="30925B9C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>81099</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>21136</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6113145" cy="1016813"/>
                 <wp:effectExtent l="0" t="0" r="8255" b="12065"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Rectangle : coins arrondis 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6113145" cy="1016813"/>
@@ -318,80 +319,82 @@
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent6"/>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="lt1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent6"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="19641A12" w14:textId="67A4575B" w:rsidR="002213AF" w:rsidRPr="00D37ADC" w:rsidRDefault="002213AF" w:rsidP="002213AF">
+                          <w:p w14:paraId="19641A12" w14:textId="2083EC1A" w:rsidR="002213AF" w:rsidRPr="00D37ADC" w:rsidRDefault="002213AF" w:rsidP="002213AF">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D37ADC">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>Merci de renseigner précisément ce questionnaire et de le faire parvenir à Mme Elisabeth HEBERT</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D37ADC">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> (</w:t>
                             </w:r>
                             <w:hyperlink r:id="rId7" w:history="1">
-                              <w:r w:rsidR="00BC7CEB" w:rsidRPr="00D37ADC">
+                              <w:r w:rsidR="008C3185" w:rsidRPr="008C3185">
                                 <w:rPr>
                                   <w:rStyle w:val="Lienhypertexte"/>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 </w:rPr>
-                                <w:t>cotutelles@liste.parisnanterre.fr</w:t>
+                                <w:t>gestion-cotutelles@dred.parisnanterre.fr</w:t>
                               </w:r>
                             </w:hyperlink>
+                            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                            <w:bookmarkEnd w:id="0"/>
                             <w:r w:rsidR="001733F3" w:rsidRPr="00D37ADC">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t xml:space="preserve">) </w:t>
                             </w:r>
                             <w:r w:rsidR="001733F3" w:rsidRPr="00D37ADC">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>ou Mme Marie Gabrielle THIANT pour l’École doctorale Droit et Science Politique</w:t>
                             </w:r>
                             <w:r w:rsidR="001733F3" w:rsidRPr="00D37ADC">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> (</w:t>
                             </w:r>
                             <w:hyperlink r:id="rId8" w:history="1">
                               <w:r w:rsidR="001733F3" w:rsidRPr="00D37ADC">
                                 <w:rPr>
                                   <w:rStyle w:val="Lienhypertexte"/>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -406,84 +409,86 @@
                               <w:t>)</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="47A3F623" id="Rectangle : coins arrondis 3" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:6.4pt;margin-top:1.65pt;width:481.35pt;height:80.05pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAgd2KkcQIAAD0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nadYFdYqgRYcB&#13;&#10;RRu0HXpWZKkxJouaxMTOfv0o2XGyLqdhF5k0yccPPerquq0N2yofKrAFz89GnCkroazsW8G/v9x9&#13;&#10;uuQsoLClMGBVwXcq8Ov5xw9XjZupMazBlMozArFh1riCrxHdLMuCXKtahDNwypJRg68FkurfstKL&#13;&#10;htBrk41Ho2nWgC+dB6lCoL+3nZHPE77WSuKj1kEhMwWn2jCdPp2reGbzKzF788KtK9mXIf6hilpU&#13;&#10;lpIOULcCBdv46i+oupIeAmg8k1BnoHUlVeqBuslH77p5XgunUi80nOCGMYX/Bysfts9u6WkMjQuz&#13;&#10;QGLsotW+jl+qj7VpWLthWKpFJunnNM/P88kFZ5Js+SifXubncZzZIdz5gF8V1CwKBfewseUTXUma&#13;&#10;lNjeB+z8934xpbHxDGCq8q4yJimRDOrGeLYVdI3Y5n2eIy/KGiOzQxdJwp1RHeqT0qwqqe5xyp4I&#13;&#10;dsAUUiqL0x7XWPKOYZoqGALzU4EG98X0vjFMJeINgaNTgX9mHCJSVrA4BNeVBX8KoPwxZO789913&#13;&#10;Pcf2sV21/c2uoNwtPfPQbUBw8q6iS7kXAZfCE+VpOWiN8ZEObaApOPQSZ2vwv079j/7ERLJy1tAK&#13;&#10;FTz83AivODPfLHH0Sz6ZxJ1LyuTi85gUf2xZHVvspr4But6cHgwnkxj90exF7aF+pW1fxKxkElZS&#13;&#10;7oJL9HvlBrvVpvdCqsUiudGeOYH39tnJCB4HHPn20r4K73pmIpH6AfbrJmbvuNn5xkgLiw2CrhJx&#13;&#10;44i7ufajpx1N/O/fk/gIHOvJ6/DqzX8DAAD//wMAUEsDBBQABgAIAAAAIQDG4tsa4gAAAA0BAAAP&#13;&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWErLxuiaTgjEOFRIUJC4uk1oKxKnarKt&#13;&#10;/Hu8E1wsPT/5+XvFdnZWHMwUBk8KrhcJCEOt1wN1Cj7en67WIEJE0mg9GQU/JsC2PD8rMNf+SG/m&#13;&#10;UMdOcAiFHBX0MY65lKHtjcOw8KMh9r785DCynDqpJzxyuLMyTZKVdDgQf+hxNA+9ab/rvVMQQ4OY&#13;&#10;vlR2V+/WSVXZ7vnTvSp1eTE/bnjcb0BEM8e/Czh1YH4oGazxe9JBWNYp40cFWQaC7bvb5RJEw/tV&#13;&#10;dgOyLOT/FuUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#13;&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#13;&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACB3YqRxAgAAPQUAAA4AAAAA&#13;&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMbi2xriAAAADQEAAA8A&#13;&#10;AAAAAAAAAAAAAAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#13;&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight="1pt">
+              <v:roundrect w14:anchorId="47A3F623" id="Rectangle : coins arrondis 3" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:6.4pt;margin-top:1.65pt;width:481.35pt;height:80.05pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMDzA1mQIAAHUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r47TNOuMOkXQosOA&#10;oi3aDj0rspwIk0WNUhJnT7Nn2ZONkh0363IadpFFk9/HH5G8uGwbwzYKvQZb8vxkxJmyEiptlyX/&#10;+nzz4ZwzH4SthAGrSr5Tnl/O3r+72LpCjWEFplLIiMT6YutKvgrBFVnm5Uo1wp+AU5aUNWAjAom4&#10;zCoUW2JvTDYejabZFrByCFJ5T3+vOyWfJf66VjLc17VXgZmSU2whnZjORTyz2YUolijcSss+DPEP&#10;UTRCW3I6UF2LINga9V9UjZYIHupwIqHJoK61VCkHyiYfvcnmaSWcSrlQcbwbyuT/H6282zwg01XJ&#10;TzmzoqEneqSiCbs06tfPgknQ1jOBCLbSnp3Ggm2dLwj35B6wlzxdY/ZtjU38Ul6sTUXeDUVWbWCS&#10;fk7z/DSfnHEmSZeP8ul5nlizV7hDHz4raFi8lBxhbasYVaqw2Nz6QH7Jfm8XXRobTw9GVzfamCTE&#10;JlJXBtlG0POHNo/RE+7AiqSIzGJOXRbpFnZGdayPqqbyUNzj5D015iunkFLZMO15jSXrCKspggGY&#10;HwOasA+mt40wlRp2AI6OAf/0OCCSV7BhADfaAh4jqL4Nnjv7ffZdzjH90C7a/mUXUO2oQRC6yfFO&#10;3mh6lFvhw4NAGhUaKhr/cE9HbWBbcuhvnK0Afxz7H+2pg0nL2ZZGr+T++1qg4sx8sdTbn/LJJM5q&#10;EiZnH8ck4KFmcaix6+YK6HlzWjROpmu0D2Z/rRGaF9oS8+iVVMJK8l1yGXAvXIVuJdCekWo+T2Y0&#10;n06EW/vkZCSPBY799ty+CHR9ZwZq6jvYj6ko3vRmZxuRFubrALVOjRtL3NW1Lz3NdurLfg/F5XEo&#10;J6vXbTn7DQAA//8DAFBLAwQUAAYACAAAACEAEkgf3N0AAAAIAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3KhDQksJcSqERDlElSCtxHUTmyTCXkex24a/ZznBcXZWM2+KzeysOJkp&#10;DJ4U3C4SEIZarwfqFBz2LzdrECEiabSejIJvE2BTXl4UmGt/pndzqmMnOIRCjgr6GMdcytD2xmFY&#10;+NEQe59+chhZTp3UE5453FmZJslKOhyIG3oczXNv2q/66BTE0CCmu8pu6+06qSrbvX64N6Wur+an&#10;RxDRzPHvGX7xGR1KZmr8kXQQlnXK5FFBloFg++F+uQTR8H2V3YEsC/l/QPkDAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEATA8wNZkCAAB1BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAEkgf3N0AAAAIAQAADwAAAAAAAAAAAAAAAADzBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight="1pt">
                 <v:stroke joinstyle="miter"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="19641A12" w14:textId="67A4575B" w:rsidR="002213AF" w:rsidRPr="00D37ADC" w:rsidRDefault="002213AF" w:rsidP="002213AF">
+                    <w:p w14:paraId="19641A12" w14:textId="2083EC1A" w:rsidR="002213AF" w:rsidRPr="00D37ADC" w:rsidRDefault="002213AF" w:rsidP="002213AF">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D37ADC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>Merci de renseigner précisément ce questionnaire et de le faire parvenir à Mme Elisabeth HEBERT</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D37ADC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> (</w:t>
                       </w:r>
                       <w:hyperlink r:id="rId9" w:history="1">
-                        <w:r w:rsidR="00BC7CEB" w:rsidRPr="00D37ADC">
+                        <w:r w:rsidR="008C3185" w:rsidRPr="008C3185">
                           <w:rPr>
                             <w:rStyle w:val="Lienhypertexte"/>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           </w:rPr>
-                          <w:t>cotutelles@liste.parisnanterre.fr</w:t>
+                          <w:t>gestion-cotutelles@dred.parisnanterre.fr</w:t>
                         </w:r>
                       </w:hyperlink>
+                      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+                      <w:bookmarkEnd w:id="1"/>
                       <w:r w:rsidR="001733F3" w:rsidRPr="00D37ADC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve">) </w:t>
                       </w:r>
                       <w:r w:rsidR="001733F3" w:rsidRPr="00D37ADC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>ou Mme Marie Gabrielle THIANT pour l’École doctorale Droit et Science Politique</w:t>
                       </w:r>
                       <w:r w:rsidR="001733F3" w:rsidRPr="00D37ADC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> (</w:t>
                       </w:r>
                       <w:hyperlink r:id="rId10" w:history="1">
                         <w:r w:rsidR="001733F3" w:rsidRPr="00D37ADC">
                           <w:rPr>
                             <w:rStyle w:val="Lienhypertexte"/>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2525,229 +2530,238 @@
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="638B6FFF" w14:textId="775474EE" w:rsidR="0029323D" w:rsidRDefault="0029323D" w:rsidP="001733F3">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E16D2DB" w14:textId="77777777" w:rsidR="0029323D" w:rsidRDefault="0029323D" w:rsidP="001733F3">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0029323D" w:rsidSect="00F779FC">
       <w:pgSz w:w="11901" w:h="16817"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="411A5221" w14:textId="77777777" w:rsidR="009451D3" w:rsidRDefault="009451D3" w:rsidP="00540518">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4C98531B" w14:textId="77777777" w:rsidR="009451D3" w:rsidRDefault="009451D3" w:rsidP="00540518">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Averta Regular">
-    <w:altName w:val="Averta"/>
     <w:panose1 w:val="00000500000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000087" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="-1540733722"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="4082B378" w14:textId="3C638C99" w:rsidR="001733F3" w:rsidRDefault="001733F3" w:rsidP="00AB19B2">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="239905DD" w14:textId="77777777" w:rsidR="001733F3" w:rsidRDefault="001733F3" w:rsidP="001733F3">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="1660040914"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="6E6CE4AA" w14:textId="12F4A196" w:rsidR="00AB19B2" w:rsidRDefault="00AB19B2" w:rsidP="00E75D11">
+      <w:p w14:paraId="6E6CE4AA" w14:textId="7BD71883" w:rsidR="00AB19B2" w:rsidRDefault="00AB19B2" w:rsidP="00E75D11">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008C3185">
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4D127B01" w14:textId="013CE931" w:rsidR="00F779FC" w:rsidRPr="00D37ADC" w:rsidRDefault="00F779FC" w:rsidP="00AB19B2">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A5A5A5" w:themeColor="accent3"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D37ADC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2767,85 +2781,86 @@
         <w:color w:val="A5A5A5" w:themeColor="accent3"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D37ADC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A5A5A5" w:themeColor="accent3"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>200 avenue de la république – 92 001 Nanterre Cedex</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4735BFBB" w14:textId="77777777" w:rsidR="001733F3" w:rsidRDefault="001733F3" w:rsidP="001733F3">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5B553BCF" w14:textId="77777777" w:rsidR="009451D3" w:rsidRDefault="009451D3" w:rsidP="00540518">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2741A866" w14:textId="77777777" w:rsidR="009451D3" w:rsidRDefault="009451D3" w:rsidP="00540518">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="7CDEFD84" w14:textId="37780798" w:rsidR="00540518" w:rsidRPr="00D37ADC" w:rsidRDefault="00540518" w:rsidP="00540518">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D37ADC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
+        <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52374DFD" wp14:editId="51BCB515">
           <wp:extent cx="1719072" cy="366907"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="2" name="Image 2" descr="Une image contenant texte, arts de la table, assiette, vaisselle&#10;&#10;Description générée automatiquement"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Image 2" descr="Une image contenant texte, arts de la table, assiette, vaisselle&#10;&#10;Description générée automatiquement"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -2906,51 +2921,51 @@
     </w:r>
   </w:p>
   <w:p w14:paraId="65552137" w14:textId="4DAB72C6" w:rsidR="00540518" w:rsidRPr="00D37ADC" w:rsidRDefault="006F5B49">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D37ADC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>Service des Études doctorales</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61EB2221" w14:textId="77777777" w:rsidR="008D4D21" w:rsidRDefault="008D4D21">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F7F70F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34B44504"/>
     <w:lvl w:ilvl="0" w:tplc="002CFE1C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Averta Regular" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Averta Regular" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3019,158 +3034,158 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="370300493">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="149"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00953630"/>
     <w:rsid w:val="00067F41"/>
     <w:rsid w:val="000A79E5"/>
     <w:rsid w:val="0012037A"/>
     <w:rsid w:val="00140CAD"/>
     <w:rsid w:val="00150CAF"/>
     <w:rsid w:val="00152EEF"/>
     <w:rsid w:val="001733F3"/>
     <w:rsid w:val="002213AF"/>
     <w:rsid w:val="002853EE"/>
     <w:rsid w:val="0029323D"/>
     <w:rsid w:val="00540518"/>
     <w:rsid w:val="00615AA2"/>
     <w:rsid w:val="00635A5A"/>
     <w:rsid w:val="00641F02"/>
     <w:rsid w:val="006F5B49"/>
     <w:rsid w:val="007238C8"/>
     <w:rsid w:val="00757392"/>
     <w:rsid w:val="008419E6"/>
+    <w:rsid w:val="008C3185"/>
     <w:rsid w:val="008D4D21"/>
     <w:rsid w:val="009451D3"/>
     <w:rsid w:val="00953630"/>
     <w:rsid w:val="00967406"/>
     <w:rsid w:val="00A26E92"/>
     <w:rsid w:val="00A74110"/>
     <w:rsid w:val="00AB19B2"/>
     <w:rsid w:val="00BC7CEB"/>
     <w:rsid w:val="00C2311F"/>
     <w:rsid w:val="00D37ADC"/>
     <w:rsid w:val="00D74E35"/>
     <w:rsid w:val="00D91F75"/>
     <w:rsid w:val="00D95D46"/>
     <w:rsid w:val="00DE1BB2"/>
     <w:rsid w:val="00EF49BF"/>
     <w:rsid w:val="00F779FC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4B98163F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FA4200E3-857F-1947-A625-4A90B7DBAAE7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Averta Regular" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Averta Regular" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3498,51 +3513,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -3584,51 +3598,51 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00540518"/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001733F3"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001733F3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Numrodepage">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001733F3"/>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00A26E92"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3640,58 +3654,58 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00757392"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rvision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000A79E5"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eddsp@liste.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cotutelles@liste.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eddsp@liste.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cotutelles@liste.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eddsp@liste.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gestion-cotutelles@dred.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eddsp@liste.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gestion-cotutelles@dred.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Bureau">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>