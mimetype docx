--- v0 (2025-10-04)
+++ v1 (2026-01-31)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="78994598" w14:textId="77777777" w:rsidR="00DA22F7" w:rsidRDefault="00DA22F7" w:rsidP="007215CB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74E85451" w14:textId="77777777" w:rsidR="00DA22F7" w:rsidRDefault="00DA22F7" w:rsidP="007215CB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="704F48F3" w14:textId="19A548D8" w:rsidR="002213AF" w:rsidRPr="00DA22F7" w:rsidRDefault="00540518" w:rsidP="007215CB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA22F7">
@@ -259,110 +259,112 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>La cotutelle implique une présence régulière dans les deux institutions parties prenantes</w:t>
       </w:r>
       <w:r w:rsidR="00D12C8E" w:rsidRPr="00DA22F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA22F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> c’est-à-dire aussi bien à l’Université Paris Nanterre qu’à l’Université étrangère</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D70F8AD" w14:textId="77777777" w:rsidR="00325824" w:rsidRPr="00DA22F7" w:rsidRDefault="00325824" w:rsidP="00325824">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="779C6F23" w14:textId="42FD56CD" w:rsidR="00325824" w:rsidRPr="00DA22F7" w:rsidRDefault="00325824" w:rsidP="00325824">
+    <w:p w14:paraId="779C6F23" w14:textId="1BE5FFB6" w:rsidR="00325824" w:rsidRPr="00DA22F7" w:rsidRDefault="00325824" w:rsidP="00325824">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA22F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">En cas de difficulté, il convient d’en informer le plus rapidement </w:t>
       </w:r>
       <w:r w:rsidR="00D12C8E" w:rsidRPr="00DA22F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">possible </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA22F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Mme Elisabeth HEBERT (</w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="000624B1" w:rsidRPr="00DA22F7">
+        <w:r w:rsidR="00752FF3" w:rsidRPr="00752FF3">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t>cotutelles@liste.parisnanterre.fr</w:t>
+          <w:t>gestion-cotutelles@dred.parisnanterre.fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DA22F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>) ou Mme Marie Gabrielle THIANT pour l’École doctorale Droit et Science Politique (</w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00DA22F7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>eddsp@liste.parisnanterre.fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DA22F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="2C585B9A" w14:textId="77777777" w:rsidR="00325824" w:rsidRPr="00DA22F7" w:rsidRDefault="00325824" w:rsidP="00325824">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24ECD29B" w14:textId="091D3C73" w:rsidR="00325824" w:rsidRPr="00DA22F7" w:rsidRDefault="00325824" w:rsidP="00325824">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA22F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -579,229 +581,238 @@
         </w:rPr>
         <w:t>Même en cotutelle, vous êtes assujetti au Comité de Suivi Individuel (CSI) de l’Université Paris Nanterre</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E16D2DB" w14:textId="77777777" w:rsidR="0029323D" w:rsidRPr="00DA22F7" w:rsidRDefault="0029323D" w:rsidP="000624B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0029323D" w:rsidRPr="00DA22F7" w:rsidSect="00F779FC">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11901" w:h="16817"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3779D52E" w14:textId="77777777" w:rsidR="007A2E8B" w:rsidRDefault="007A2E8B" w:rsidP="00540518">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="489F7619" w14:textId="77777777" w:rsidR="007A2E8B" w:rsidRDefault="007A2E8B" w:rsidP="00540518">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Averta Regular">
-    <w:altName w:val="Averta"/>
     <w:panose1 w:val="00000500000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000087" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="-1540733722"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="4082B378" w14:textId="3C638C99" w:rsidR="001733F3" w:rsidRDefault="001733F3" w:rsidP="00AB19B2">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="239905DD" w14:textId="77777777" w:rsidR="001733F3" w:rsidRDefault="001733F3" w:rsidP="001733F3">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="1660040914"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="Numrodepage"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="6E6CE4AA" w14:textId="12F4A196" w:rsidR="00AB19B2" w:rsidRDefault="00AB19B2" w:rsidP="00E75D11">
+      <w:p w14:paraId="6E6CE4AA" w14:textId="2EA012B8" w:rsidR="00AB19B2" w:rsidRDefault="00AB19B2" w:rsidP="00E75D11">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00752FF3">
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4D127B01" w14:textId="013CE931" w:rsidR="00F779FC" w:rsidRPr="00F779FC" w:rsidRDefault="00F779FC" w:rsidP="00AB19B2">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="A5A5A5" w:themeColor="accent3"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F779FC">
       <w:rPr>
         <w:color w:val="A5A5A5" w:themeColor="accent3"/>
         <w:sz w:val="22"/>
@@ -817,81 +828,82 @@
       <w:rPr>
         <w:color w:val="A5A5A5" w:themeColor="accent3"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F779FC">
       <w:rPr>
         <w:color w:val="A5A5A5" w:themeColor="accent3"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>200 avenue de la république – 92 001 Nanterre Cedex</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4735BFBB" w14:textId="77777777" w:rsidR="001733F3" w:rsidRDefault="001733F3" w:rsidP="001733F3">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3C0C3E65" w14:textId="77777777" w:rsidR="007A2E8B" w:rsidRDefault="007A2E8B" w:rsidP="00540518">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0B252374" w14:textId="77777777" w:rsidR="007A2E8B" w:rsidRDefault="007A2E8B" w:rsidP="00540518">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="7CDEFD84" w14:textId="2601C9B5" w:rsidR="00540518" w:rsidRDefault="00540518" w:rsidP="00540518">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52374DFD" wp14:editId="51BCB515">
           <wp:extent cx="1719072" cy="366907"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="2" name="Image 2" descr="Une image contenant texte, arts de la table, assiette, vaisselle&#10;&#10;Description générée automatiquement"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Image 2" descr="Une image contenant texte, arts de la table, assiette, vaisselle&#10;&#10;Description générée automatiquement"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -940,51 +952,51 @@
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="65552137" w14:textId="09582AE6" w:rsidR="00540518" w:rsidRDefault="00342741">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r>
       <w:t>Service des Études doctorales</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61EB2221" w14:textId="77777777" w:rsidR="008D4D21" w:rsidRPr="00342741" w:rsidRDefault="008D4D21">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="146E69AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="956A6A58"/>
     <w:lvl w:ilvl="0" w:tplc="040C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -1139,106 +1151,105 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="370300493">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1147436684">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="146"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00953630"/>
     <w:rsid w:val="000035D1"/>
     <w:rsid w:val="00037F63"/>
     <w:rsid w:val="000624B1"/>
     <w:rsid w:val="00067F41"/>
     <w:rsid w:val="000A32BF"/>
     <w:rsid w:val="00140CAD"/>
     <w:rsid w:val="00152EEF"/>
     <w:rsid w:val="001733F3"/>
     <w:rsid w:val="002213AF"/>
     <w:rsid w:val="00230A19"/>
     <w:rsid w:val="00235E87"/>
     <w:rsid w:val="002853EE"/>
     <w:rsid w:val="0029323D"/>
     <w:rsid w:val="00325824"/>
     <w:rsid w:val="00342741"/>
     <w:rsid w:val="00540518"/>
     <w:rsid w:val="0059394C"/>
     <w:rsid w:val="00615AA2"/>
     <w:rsid w:val="00631B7F"/>
     <w:rsid w:val="006F2B2D"/>
     <w:rsid w:val="007215CB"/>
+    <w:rsid w:val="00752FF3"/>
     <w:rsid w:val="00757392"/>
     <w:rsid w:val="007A2E8B"/>
     <w:rsid w:val="00811A4F"/>
     <w:rsid w:val="00874450"/>
     <w:rsid w:val="008D4D21"/>
     <w:rsid w:val="009378FA"/>
     <w:rsid w:val="00950555"/>
     <w:rsid w:val="00953630"/>
     <w:rsid w:val="00967406"/>
     <w:rsid w:val="00A26E92"/>
     <w:rsid w:val="00AB19B2"/>
     <w:rsid w:val="00BB6843"/>
     <w:rsid w:val="00D12C8E"/>
     <w:rsid w:val="00D7295D"/>
     <w:rsid w:val="00D91F75"/>
     <w:rsid w:val="00DA22F7"/>
     <w:rsid w:val="00DF0F19"/>
     <w:rsid w:val="00F316CB"/>
     <w:rsid w:val="00F779FC"/>
     <w:rsid w:val="00FD08EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -1246,62 +1257,62 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4B98163F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FA4200E3-857F-1947-A625-4A90B7DBAAE7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Averta Regular" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Averta Regular" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1629,51 +1640,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -1715,51 +1725,51 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00540518"/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001733F3"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001733F3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Numrodepage">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001733F3"/>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00A26E92"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1771,58 +1781,58 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00757392"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rvision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009378FA"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eddsp@liste.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cotutelles@liste.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eddsp@liste.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gestion-cotutelles@dred.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Bureau">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -2051,69 +2061,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>329</Words>
-  <Characters>1815</Characters>
+  <Words>332</Words>
+  <Characters>1829</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2140</CharactersWithSpaces>
+  <CharactersWithSpaces>2157</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marie-Gabrielle THIANT</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>