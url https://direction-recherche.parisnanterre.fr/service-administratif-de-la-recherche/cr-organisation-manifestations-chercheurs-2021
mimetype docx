--- v0 (2025-10-04)
+++ v1 (2026-03-03)
@@ -318,316 +318,401 @@
         <w:t>MANIFESTATION SCIENTIFIQUE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B8284CA" w14:textId="77777777" w:rsidR="00772B3E" w:rsidRPr="007E2981" w:rsidRDefault="00772B3E" w:rsidP="004C0262">
       <w:pPr>
         <w:pStyle w:val="Titre6"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D2B32B6" w14:textId="77777777" w:rsidR="00072121" w:rsidRPr="007E2981" w:rsidRDefault="00072121" w:rsidP="00772B3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D4555A5" w14:textId="77777777" w:rsidR="00072121" w:rsidRPr="007E2981" w:rsidRDefault="00072121" w:rsidP="00772B3E">
-[...5 lines deleted...]
-    </w:p>
     <w:p w14:paraId="47F37980" w14:textId="77777777" w:rsidR="00CF60D3" w:rsidRPr="007E2981" w:rsidRDefault="00CF60D3" w:rsidP="00554AE0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E2981">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:smallCaps/>
         </w:rPr>
         <w:t>Procédure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6289062E" w14:textId="77777777" w:rsidR="00CF60D3" w:rsidRPr="007E2981" w:rsidRDefault="00CF60D3" w:rsidP="00772B3E">
-[...6 lines deleted...]
-    <w:p w14:paraId="3DBEF504" w14:textId="7FF89885" w:rsidR="00CF60D3" w:rsidRPr="007E2981" w:rsidRDefault="00CF60D3" w:rsidP="00CF60D3">
+    <w:p w14:paraId="232D39BB" w14:textId="77777777" w:rsidR="00B072B2" w:rsidRPr="0045617F" w:rsidRDefault="00B072B2" w:rsidP="00CF60D3">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...78 lines deleted...]
-    <w:p w14:paraId="61CA8047" w14:textId="77777777" w:rsidR="00CF60D3" w:rsidRPr="007E2981" w:rsidRDefault="00CF60D3" w:rsidP="00CF60D3">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B4A3632" w14:textId="77777777" w:rsidR="00B072B2" w:rsidRPr="0045617F" w:rsidRDefault="00B072B2" w:rsidP="0045617F">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-          <w:iCs/>
-[...5 lines deleted...]
-    <w:p w14:paraId="30A81E3A" w14:textId="77777777" w:rsidR="00CF60D3" w:rsidRPr="007E2981" w:rsidRDefault="00AC5A4B" w:rsidP="00CF60D3">
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045617F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ces demandes sont réservées aux enseignants-chercheurs et chercheurs (pour les aides dédiées aux doctorants, prière de consulter la rubrique "financem</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0045617F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ents" du site web de votre Ecole Doctorale de rattachement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045617F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045617F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>- </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="0045617F">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:color w:val="1155CC"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://direction-recherche.parisnanterre.fr/service-des-etudes-doctorales</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0045617F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61E6781E" w14:textId="77777777" w:rsidR="00B072B2" w:rsidRPr="0045617F" w:rsidRDefault="00B072B2" w:rsidP="00CF60D3">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
-[...69 lines deleted...]
-    <w:p w14:paraId="3C9C6944" w14:textId="77777777" w:rsidR="00CF60D3" w:rsidRPr="007E2981" w:rsidRDefault="00CF60D3" w:rsidP="00CF60D3">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DBEF504" w14:textId="390DCFB7" w:rsidR="00CF60D3" w:rsidRPr="007E2981" w:rsidRDefault="00CF60D3" w:rsidP="00CF60D3">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="577F3982" w14:textId="6B707DF9" w:rsidR="00CF60D3" w:rsidRPr="007E2981" w:rsidRDefault="00AC5A4B" w:rsidP="00CF60D3">
+      <w:r w:rsidRPr="007E2981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Les dossiers sont soumis à l’avis de la Commission Recherche</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5A4B" w:rsidRPr="007E2981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CR)</w:t>
+      </w:r>
+      <w:r w:rsidR="00445BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deux fois par an, en janvier et en mai</w:t>
+      </w:r>
+      <w:r w:rsidR="00564979">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/juin</w:t>
+      </w:r>
+      <w:r w:rsidR="004B11D6" w:rsidRPr="007E2981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E2981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00445BAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les dates de soumission des dossiers sont indiquées chaque année sur le site du </w:t>
+      </w:r>
+      <w:r w:rsidR="00564979">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Administratif de la Recherche.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CA8047" w14:textId="77777777" w:rsidR="00CF60D3" w:rsidRPr="007E2981" w:rsidRDefault="00CF60D3" w:rsidP="00CF60D3">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30A81E3A" w14:textId="77777777" w:rsidR="00CF60D3" w:rsidRPr="007E2981" w:rsidRDefault="00AC5A4B" w:rsidP="00CF60D3">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E2981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ils sont instruits par la </w:t>
+      </w:r>
+      <w:r w:rsidR="00173336" w:rsidRPr="007E2981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Commission financière </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E2981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de la C</w:t>
+      </w:r>
+      <w:r w:rsidR="00173336">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ommission </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E2981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00173336">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>echerche</w:t>
+      </w:r>
+      <w:r w:rsidR="00351F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9C6944" w14:textId="77777777" w:rsidR="00CF60D3" w:rsidRPr="007E2981" w:rsidRDefault="00CF60D3" w:rsidP="00CF60D3">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="577F3982" w14:textId="6B707DF9" w:rsidR="00CF60D3" w:rsidRPr="007E2981" w:rsidRDefault="00AC5A4B" w:rsidP="00CF60D3">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="007E2981">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Les dossiers</w:t>
       </w:r>
       <w:r w:rsidR="00CF60D3" w:rsidRPr="007E2981">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> doivent parvenir à </w:t>
       </w:r>
       <w:r w:rsidR="00894D20" w:rsidRPr="002B1807">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Delphine Suraud</w:t>
       </w:r>
       <w:r w:rsidR="00CF60D3" w:rsidRPr="007E2981">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00564979" w:rsidRPr="00931878">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>dsuraud@parisnanterre.fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007E2981">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="007E2981">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
@@ -933,52 +1018,50 @@
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC5745">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>000</w:t>
       </w:r>
       <w:r w:rsidR="009B6830">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00EC5745">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>€ supplémentaires, destinés à favoriser l'organisation de manifestations scientifiques en collaboration avec ou prévoyant l'intervention de collègues issu.es d'une université membre de l'Alliance EDUC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3312C7BA" w14:textId="72850395" w:rsidR="00EC5745" w:rsidRDefault="00EC5745" w:rsidP="00CF60D3">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73E7633C" w14:textId="6CF229F4" w:rsidR="00EC5745" w:rsidRDefault="00EC5745" w:rsidP="00CF60D3">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
@@ -6985,51 +7068,51 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00170A76"/>
     <w:rsid w:val="00002F5E"/>
     <w:rsid w:val="000038B5"/>
@@ -7084,50 +7167,51 @@
     <w:rsid w:val="00282121"/>
     <w:rsid w:val="00295AF4"/>
     <w:rsid w:val="002A070C"/>
     <w:rsid w:val="002B1807"/>
     <w:rsid w:val="002C0011"/>
     <w:rsid w:val="002C4466"/>
     <w:rsid w:val="002E06F4"/>
     <w:rsid w:val="00343C1E"/>
     <w:rsid w:val="00351F5A"/>
     <w:rsid w:val="003521EF"/>
     <w:rsid w:val="003752CA"/>
     <w:rsid w:val="0039253A"/>
     <w:rsid w:val="003B3099"/>
     <w:rsid w:val="003B5575"/>
     <w:rsid w:val="003F3420"/>
     <w:rsid w:val="004034A7"/>
     <w:rsid w:val="00417B27"/>
     <w:rsid w:val="004214E2"/>
     <w:rsid w:val="004257D8"/>
     <w:rsid w:val="004333D5"/>
     <w:rsid w:val="004429D5"/>
     <w:rsid w:val="004434D2"/>
     <w:rsid w:val="00445677"/>
     <w:rsid w:val="00445BAB"/>
     <w:rsid w:val="004543E8"/>
+    <w:rsid w:val="0045617F"/>
     <w:rsid w:val="004773A6"/>
     <w:rsid w:val="00477AA4"/>
     <w:rsid w:val="00477DF3"/>
     <w:rsid w:val="00480CE7"/>
     <w:rsid w:val="00484F2A"/>
     <w:rsid w:val="0049364B"/>
     <w:rsid w:val="004A41C8"/>
     <w:rsid w:val="004A45A3"/>
     <w:rsid w:val="004A567B"/>
     <w:rsid w:val="004B11D6"/>
     <w:rsid w:val="004C0262"/>
     <w:rsid w:val="004C44D2"/>
     <w:rsid w:val="004D0A50"/>
     <w:rsid w:val="004E7130"/>
     <w:rsid w:val="00534BE8"/>
     <w:rsid w:val="0055326F"/>
     <w:rsid w:val="00554AE0"/>
     <w:rsid w:val="0055569E"/>
     <w:rsid w:val="0056272E"/>
     <w:rsid w:val="00564979"/>
     <w:rsid w:val="00565461"/>
     <w:rsid w:val="005659E1"/>
     <w:rsid w:val="00582549"/>
     <w:rsid w:val="00585E0B"/>
     <w:rsid w:val="005A35AF"/>
@@ -7143,50 +7227,51 @@
     <w:rsid w:val="00637CBE"/>
     <w:rsid w:val="00657973"/>
     <w:rsid w:val="0066131D"/>
     <w:rsid w:val="0066446B"/>
     <w:rsid w:val="006658A5"/>
     <w:rsid w:val="00670179"/>
     <w:rsid w:val="006B60DB"/>
     <w:rsid w:val="006C66F6"/>
     <w:rsid w:val="006E2881"/>
     <w:rsid w:val="00704E20"/>
     <w:rsid w:val="00716B95"/>
     <w:rsid w:val="00717DDA"/>
     <w:rsid w:val="00721416"/>
     <w:rsid w:val="007316E9"/>
     <w:rsid w:val="007324D6"/>
     <w:rsid w:val="0073550B"/>
     <w:rsid w:val="00750BB0"/>
     <w:rsid w:val="00772279"/>
     <w:rsid w:val="00772B3E"/>
     <w:rsid w:val="007849ED"/>
     <w:rsid w:val="007A1BF3"/>
     <w:rsid w:val="007A7091"/>
     <w:rsid w:val="007B7B6D"/>
     <w:rsid w:val="007C2B09"/>
     <w:rsid w:val="007C7F2D"/>
+    <w:rsid w:val="007D3507"/>
     <w:rsid w:val="007E2981"/>
     <w:rsid w:val="007E3FBE"/>
     <w:rsid w:val="007F0BC6"/>
     <w:rsid w:val="0081275B"/>
     <w:rsid w:val="00842AA5"/>
     <w:rsid w:val="008600A1"/>
     <w:rsid w:val="00894635"/>
     <w:rsid w:val="00894D20"/>
     <w:rsid w:val="008A332E"/>
     <w:rsid w:val="008A3E11"/>
     <w:rsid w:val="008B4407"/>
     <w:rsid w:val="008E14A3"/>
     <w:rsid w:val="008E42F4"/>
     <w:rsid w:val="008E4DC2"/>
     <w:rsid w:val="008F014A"/>
     <w:rsid w:val="00907483"/>
     <w:rsid w:val="0091432F"/>
     <w:rsid w:val="00914368"/>
     <w:rsid w:val="00915A50"/>
     <w:rsid w:val="00920D5D"/>
     <w:rsid w:val="0093019D"/>
     <w:rsid w:val="00945B9A"/>
     <w:rsid w:val="00970CB9"/>
     <w:rsid w:val="00982A62"/>
     <w:rsid w:val="00985416"/>
@@ -7203,50 +7288,51 @@
     <w:rsid w:val="009D61DA"/>
     <w:rsid w:val="009E3F91"/>
     <w:rsid w:val="009E46DC"/>
     <w:rsid w:val="009E7A19"/>
     <w:rsid w:val="00A1344C"/>
     <w:rsid w:val="00A14ACD"/>
     <w:rsid w:val="00A2177B"/>
     <w:rsid w:val="00A27066"/>
     <w:rsid w:val="00A31AD8"/>
     <w:rsid w:val="00A433A6"/>
     <w:rsid w:val="00A54FD6"/>
     <w:rsid w:val="00A55BFB"/>
     <w:rsid w:val="00A63D9A"/>
     <w:rsid w:val="00A64385"/>
     <w:rsid w:val="00A76A4E"/>
     <w:rsid w:val="00A878FD"/>
     <w:rsid w:val="00A95201"/>
     <w:rsid w:val="00AB06AE"/>
     <w:rsid w:val="00AB6752"/>
     <w:rsid w:val="00AC5A4B"/>
     <w:rsid w:val="00AD44F8"/>
     <w:rsid w:val="00AE4DCE"/>
     <w:rsid w:val="00AF0C81"/>
     <w:rsid w:val="00AF2D99"/>
     <w:rsid w:val="00AF65ED"/>
+    <w:rsid w:val="00B072B2"/>
     <w:rsid w:val="00B12E54"/>
     <w:rsid w:val="00B20CFD"/>
     <w:rsid w:val="00B21CDE"/>
     <w:rsid w:val="00B316C1"/>
     <w:rsid w:val="00B35976"/>
     <w:rsid w:val="00B54E7C"/>
     <w:rsid w:val="00B74A6A"/>
     <w:rsid w:val="00B7594F"/>
     <w:rsid w:val="00B825E1"/>
     <w:rsid w:val="00B83AF3"/>
     <w:rsid w:val="00B849CD"/>
     <w:rsid w:val="00B92057"/>
     <w:rsid w:val="00B9775B"/>
     <w:rsid w:val="00BA0996"/>
     <w:rsid w:val="00BA1CFF"/>
     <w:rsid w:val="00BC147E"/>
     <w:rsid w:val="00BD4EE3"/>
     <w:rsid w:val="00C0147F"/>
     <w:rsid w:val="00C023F3"/>
     <w:rsid w:val="00C2131E"/>
     <w:rsid w:val="00C41CDC"/>
     <w:rsid w:val="00C532C3"/>
     <w:rsid w:val="00C60867"/>
     <w:rsid w:val="00C62B05"/>
     <w:rsid w:val="00C70405"/>
@@ -7929,51 +8015,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1398700531">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dsuraud@parisnanterre.fr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dsuraud@parisnanterre.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://direction-recherche.parisnanterre.fr/service-des-etudes-doctorales" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8202,87 +8288,87 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CDB3A11-EA07-4A49-BA7F-FBF2B377D857}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B437212-143E-4D46-B1FE-A2BCB914F0A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>706</Words>
-  <Characters>5155</Characters>
+  <Words>737</Words>
+  <Characters>5515</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Université Paris Ouest Nanterre La Défense</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5850</CharactersWithSpaces>
+  <CharactersWithSpaces>6240</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6488143</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:dsuraud@parisnanterre.fr</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>