--- v0 (2025-10-07)
+++ v1 (2026-01-18)
@@ -455,52 +455,50 @@
             </w:pPr>
             <w:r>
               <w:t>De pouvoir signer ses publications scientifiques en tant que m</w:t>
             </w:r>
             <w:r w:rsidR="00D54597">
               <w:t>embre de l’unité de recherche au sein de laquelle il a effectué sa thèse</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2BCEB0C9" w14:textId="77777777" w:rsidR="009C6439" w:rsidRDefault="009C6439" w:rsidP="00F439F4">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C5F9B31" w14:textId="77777777" w:rsidR="00AF71F7" w:rsidRDefault="00AF71F7" w:rsidP="00C0621B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="2B6C34CD" w14:textId="4F0E62B7" w:rsidR="0032377D" w:rsidRDefault="00CB69EE" w:rsidP="0032377D">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB69EE">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Articl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>e 3</w:t>
       </w:r>
       <w:r w:rsidR="003309A6">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> : procédure</w:t>
@@ -522,94 +520,101 @@
         <w:t xml:space="preserve">du formulaire « demande d’attribution de la qualité de jeune docteur UPN », </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">d’un CV et d’un courrier motivant sa demande. Il revient ensuite au conseil de laboratoire de l’unité de se prononcer, notamment sur des critères d’adéquation aux thèmes de recherche de l’unité. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36483FE0" w14:textId="75EDDCF2" w:rsidR="0032377D" w:rsidRDefault="0032377D" w:rsidP="0032377D">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Si la demande est acceptée, </w:t>
       </w:r>
       <w:r w:rsidR="00442F9A">
         <w:t>la qualité de « jeune docteur UPN » est attribuée</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00344AFD">
-        <w:t xml:space="preserve">pour une durée maximale de 3 ans, à compter de sa date de soutenance. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0CC74A06" w14:textId="224173F3" w:rsidR="0032377D" w:rsidRDefault="0032377D" w:rsidP="0032377D">
+        <w:t>pour une durée maximale de 3</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00344AFD">
+        <w:t xml:space="preserve"> ans, à compter de sa date de soutenance. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC74A06" w14:textId="5F34653E" w:rsidR="0032377D" w:rsidRDefault="0032377D" w:rsidP="0032377D">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>L’unité de recherche en informe la DRED</w:t>
       </w:r>
       <w:r w:rsidR="00442F9A">
         <w:t xml:space="preserve"> et le jeune docteur</w:t>
       </w:r>
       <w:r>
         <w:t>, en transmettant le dossier (CV + lettre</w:t>
       </w:r>
       <w:r w:rsidR="00442F9A">
         <w:t xml:space="preserve"> +</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> formulaire rempli et signé</w:t>
       </w:r>
       <w:r w:rsidR="00442F9A">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, à l’adresse suivante : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="002D2E68" w:rsidRPr="00BC27EC">
+        <w:r w:rsidR="00E92A12" w:rsidRPr="00A33F90">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
-          <w:t>sar@liste.parisnanterre.fr</w:t>
+          <w:t>service-administratif-recherche@dred.parisnanterre.fr</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="559AB706" w14:textId="77777777" w:rsidR="0032377D" w:rsidRDefault="0032377D" w:rsidP="00F439F4">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A932178" w14:textId="3C9E849D" w:rsidR="003244D0" w:rsidRPr="003244D0" w:rsidRDefault="003244D0" w:rsidP="00F439F4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB69EE">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Articl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
@@ -1177,56 +1182,62 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B53568E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35C66744"/>
     <w:lvl w:ilvl="0" w:tplc="5EE63810">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1723,50 +1734,51 @@
     <w:rsid w:val="009C6439"/>
     <w:rsid w:val="00A377B8"/>
     <w:rsid w:val="00AA2DC4"/>
     <w:rsid w:val="00AA7FFC"/>
     <w:rsid w:val="00AE1A72"/>
     <w:rsid w:val="00AF71F7"/>
     <w:rsid w:val="00B21909"/>
     <w:rsid w:val="00B767D2"/>
     <w:rsid w:val="00C0621B"/>
     <w:rsid w:val="00C71EAF"/>
     <w:rsid w:val="00C71F30"/>
     <w:rsid w:val="00C87A33"/>
     <w:rsid w:val="00CB69EE"/>
     <w:rsid w:val="00D37D5F"/>
     <w:rsid w:val="00D54597"/>
     <w:rsid w:val="00D8637E"/>
     <w:rsid w:val="00D910F4"/>
     <w:rsid w:val="00D915C3"/>
     <w:rsid w:val="00DA1ACE"/>
     <w:rsid w:val="00DF6884"/>
     <w:rsid w:val="00E227CE"/>
     <w:rsid w:val="00E52CFD"/>
     <w:rsid w:val="00E56002"/>
     <w:rsid w:val="00E57FFD"/>
     <w:rsid w:val="00E65D5D"/>
+    <w:rsid w:val="00E92A12"/>
     <w:rsid w:val="00EA0536"/>
     <w:rsid w:val="00ED6A3B"/>
     <w:rsid w:val="00EF2C1F"/>
     <w:rsid w:val="00F22EF0"/>
     <w:rsid w:val="00F439F4"/>
     <w:rsid w:val="00F7587C"/>
     <w:rsid w:val="00F909CD"/>
     <w:rsid w:val="00F93604"/>
     <w:rsid w:val="00FC61B9"/>
     <w:rsid w:val="00FE1798"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
@@ -2334,51 +2346,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AE1A72"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sar@liste.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recherche.parisnanterre.fr/service-des-etudes-doctorales" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service-administratif-recherche@dred.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recherche.parisnanterre.fr/service-des-etudes-doctorales" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2607,82 +2619,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{445202A2-BDC6-4081-AC06-20837A7EC95E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07D89556-D0F9-44BE-9137-26812249D80E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>736</Words>
-  <Characters>4049</Characters>
+  <Words>744</Words>
+  <Characters>4094</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Université Paris Ouest Nanterre La Défense</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4776</CharactersWithSpaces>
+  <CharactersWithSpaces>4829</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dauphragne Antoine</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>